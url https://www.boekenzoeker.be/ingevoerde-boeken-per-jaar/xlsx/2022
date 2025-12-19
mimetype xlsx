--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -16093,51 +16093,51 @@
       </c>
       <c r="F504" t="s">
         <v>138</v>
       </c>
       <c r="G504" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
         <v>1303</v>
       </c>
       <c r="B505" t="s">
         <v>1304</v>
       </c>
       <c r="C505" t="s">
         <v>82</v>
       </c>
       <c r="D505">
         <v>2021</v>
       </c>
       <c r="E505">
         <v>9789044843422</v>
       </c>
       <c r="F505" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="G505" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
         <v>1305</v>
       </c>
       <c r="B506" t="s">
         <v>1306</v>
       </c>
       <c r="C506" t="s">
         <v>110</v>
       </c>
       <c r="D506">
         <v>2021</v>
       </c>
       <c r="E506">
         <v>9789025882259</v>
       </c>
       <c r="F506" t="s">
         <v>228</v>
       </c>
       <c r="G506" t="s">