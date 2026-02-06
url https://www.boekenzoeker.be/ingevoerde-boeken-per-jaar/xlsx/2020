--- v0 (2025-10-30)
+++ v1 (2026-02-06)
@@ -1226,899 +1226,902 @@
   <si>
     <t>Het Pungelhuis</t>
   </si>
   <si>
     <t>Annet Huizing</t>
   </si>
   <si>
     <t>11, 12, 13</t>
   </si>
   <si>
     <t>Het beste van het beste : liedjes, verhalen en rijmen</t>
   </si>
   <si>
     <t>Mark Haayema, Tjarda Borsboom (ill.), Job van Gelder (ill.)</t>
   </si>
   <si>
     <t>27/10/2020</t>
   </si>
   <si>
     <t>De grap van boef-baard</t>
   </si>
   <si>
     <t>Tjibbe Veldkamp, Kees De Boer (ill.)</t>
   </si>
   <si>
+    <t>6, 7, 8</t>
+  </si>
+  <si>
+    <t>Mijn zelfleesboek voor groep 3</t>
+  </si>
+  <si>
+    <t>Kees De Boer, Arend Van Dam, Vivian den Hollander, e.a.</t>
+  </si>
+  <si>
+    <t>Dierenatlas</t>
+  </si>
+  <si>
+    <t>Virginie Aladjidi, Emmanuelle Tchoukriel  (ill.), Lisa Krompen (vert.)</t>
+  </si>
+  <si>
+    <t>Blloan junior</t>
+  </si>
+  <si>
+    <t>Liefde is voor losers</t>
+  </si>
+  <si>
+    <t>Wibke Brueggemann, Aimée Warmerdam (vert.)</t>
+  </si>
+  <si>
+    <t>14, 15, 16</t>
+  </si>
+  <si>
+    <t>24/10/2020</t>
+  </si>
+  <si>
+    <t>De toverberg</t>
+  </si>
+  <si>
+    <t>Thomas Mann</t>
+  </si>
+  <si>
+    <t>Uitgeverij De Arbeiderspers</t>
+  </si>
+  <si>
+    <t>18, 18+</t>
+  </si>
+  <si>
+    <t>21/10/2020</t>
+  </si>
+  <si>
+    <t>Rood, wit en koningsblauw</t>
+  </si>
+  <si>
+    <t>Casey McQuiston, Erica Disco (vert.)</t>
+  </si>
+  <si>
+    <t>Z&amp;K</t>
+  </si>
+  <si>
+    <t>19/10/2020</t>
+  </si>
+  <si>
+    <t>Een goede nachtrust</t>
+  </si>
+  <si>
+    <t>Peter Buurman</t>
+  </si>
+  <si>
+    <t>Das Mag</t>
+  </si>
+  <si>
+    <t>15/10/2020</t>
+  </si>
+  <si>
+    <t>Smakelijk eten!</t>
+  </si>
+  <si>
+    <t>Jane Foster</t>
+  </si>
+  <si>
+    <t>Baeckens Books</t>
+  </si>
+  <si>
+    <t>1, 2</t>
+  </si>
+  <si>
+    <t>Spet, spat, eendje in bad!</t>
+  </si>
+  <si>
+    <t>Lucy Cousins</t>
+  </si>
+  <si>
+    <t>0, 1, 2</t>
+  </si>
+  <si>
+    <t>Doe die deur dicht</t>
+  </si>
+  <si>
+    <t>Koen Van Biesen</t>
+  </si>
+  <si>
+    <t>Ik ga!</t>
+  </si>
+  <si>
+    <t>Matthieu Maudet</t>
+  </si>
+  <si>
+    <t>Kinderen</t>
+  </si>
+  <si>
+    <t>Anne Crahay</t>
+  </si>
+  <si>
+    <t>Obsidian</t>
+  </si>
+  <si>
+    <t>Jennifer L. Armentrout, Erica van Rijsewijk (vert.)</t>
+  </si>
+  <si>
+    <t>14/10/2020</t>
+  </si>
+  <si>
+    <t>Café Zon &amp; Zee</t>
+  </si>
+  <si>
+    <t>Jenny Colgan, Els van Son (vert.)</t>
+  </si>
+  <si>
+    <t>Uitgeverij Luitingh-Sijthoff</t>
+  </si>
+  <si>
+    <t>Het moois dat we delen</t>
+  </si>
+  <si>
+    <t>Ish Ait Hamou</t>
+  </si>
+  <si>
+    <t>Angèle</t>
+  </si>
+  <si>
+    <t>Taxi! : verhalen vanaf de achterbank</t>
+  </si>
+  <si>
+    <t>Aimée de Jongh</t>
+  </si>
+  <si>
+    <t>Scratchbooks</t>
+  </si>
+  <si>
+    <t>Daisy Jones &amp; The Six</t>
+  </si>
+  <si>
+    <t>Taylor Jenkins Reid, Lette Vos (vert.)</t>
+  </si>
+  <si>
+    <t>Ambo|Anthos</t>
+  </si>
+  <si>
+    <t>Briefjes voor Pelle</t>
+  </si>
+  <si>
+    <t>Marlies Slegers</t>
+  </si>
+  <si>
+    <t>10, 11</t>
+  </si>
+  <si>
+    <t>Daar zat een aapje op een stokje en andere dierenliedjes van hier en elders</t>
+  </si>
+  <si>
+    <t>Bart Voet, Esmé Bos, Fleur van der Weel (ill.)</t>
+  </si>
+  <si>
+    <t>12/10/2020</t>
+  </si>
+  <si>
+    <t>In het water</t>
+  </si>
+  <si>
+    <t>Ik zoen je</t>
+  </si>
+  <si>
+    <t>Kiekeboe zon</t>
+  </si>
+  <si>
+    <t>De wolf heeft honger</t>
+  </si>
+  <si>
+    <t>Agnese Baruzzi, M.E. Ander (vert.)</t>
+  </si>
+  <si>
+    <t>Het nog grotere Fiep kijkboek</t>
+  </si>
+  <si>
+    <t>Fiep Westendorp</t>
+  </si>
+  <si>
+    <t>De Zwendelprins</t>
+  </si>
+  <si>
+    <t>Rima Orie</t>
+  </si>
+  <si>
+    <t>14, 15, 16, 17, 18</t>
+  </si>
+  <si>
+    <t>06/10/2020</t>
+  </si>
+  <si>
+    <t>Het werkstuk, of Hoe ik verdween in de jungle</t>
+  </si>
+  <si>
+    <t>Simon van der Geest, Karst-Janneke Rogaar</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
+    <t>Adres onbekend</t>
+  </si>
+  <si>
+    <t>Susin Nielsen, Lydia Meeder (vert.), Barbara Zuurbier (vert.)</t>
+  </si>
+  <si>
+    <t>Op zoek naar Paulie Fink</t>
+  </si>
+  <si>
+    <t>Ali Benjamin, Lidwien Biekmann (vert.)</t>
+  </si>
+  <si>
+    <t>Woensdagmiddag met de Zoete Zusjes</t>
+  </si>
+  <si>
+    <t>Hanneke de Zoete</t>
+  </si>
+  <si>
+    <t>Kosmos</t>
+  </si>
+  <si>
+    <t>27/09/2020</t>
+  </si>
+  <si>
+    <t>Onder dezelfde sterrenhemel: Sprookjes, mythen en verhalen over goden uit de hele wereld</t>
+  </si>
+  <si>
+    <t>Yoshi Yoshitani, Isabel Goethals (vert.)</t>
+  </si>
+  <si>
+    <t>25/09/2020</t>
+  </si>
+  <si>
+    <t>Dog Man</t>
+  </si>
+  <si>
+    <t>Dav Pilkey, Tjibbe Veldkamp (vert.)</t>
+  </si>
+  <si>
+    <t>Condor</t>
+  </si>
+  <si>
+    <t>7, 8, 9, 10, 11, 12</t>
+  </si>
+  <si>
+    <t>Smile</t>
+  </si>
+  <si>
+    <t>Raina Telgemeier, Marion Hoffman (vert.)</t>
+  </si>
+  <si>
+    <t>Anders is anders, en dat is heel gewoon!</t>
+  </si>
+  <si>
+    <t>23/09/2020</t>
+  </si>
+  <si>
+    <t>De grote boze vos</t>
+  </si>
+  <si>
+    <t>Benjamin Renner</t>
+  </si>
+  <si>
+    <t>Scratch Books</t>
+  </si>
+  <si>
+    <t>22/09/2020</t>
+  </si>
+  <si>
+    <t>Liefde &amp; gelato</t>
+  </si>
+  <si>
+    <t>Jenna Evans Welch, Irene Paridaans (vert.)</t>
+  </si>
+  <si>
+    <t>HarperCollins Young Adult</t>
+  </si>
+  <si>
+    <t>20/09/2020</t>
+  </si>
+  <si>
+    <t>1914 : het weeshuis</t>
+  </si>
+  <si>
+    <t>Régis Hautière, Hardoc (ill.)</t>
+  </si>
+  <si>
+    <t>Casterman</t>
+  </si>
+  <si>
+    <t>Gerechtigheid en verse groente</t>
+  </si>
+  <si>
+    <t>Pascal Jousselin</t>
+  </si>
+  <si>
+    <t>13, 14, 15, 16, 17, 18</t>
+  </si>
+  <si>
+    <t>19/09/2020</t>
+  </si>
+  <si>
+    <t>Kent State: Vier doden in Ohio</t>
+  </si>
+  <si>
+    <t>Derf Backderf</t>
+  </si>
+  <si>
+    <t>Concertobooks</t>
+  </si>
+  <si>
+    <t>De kaarsenmaker van Arranmore</t>
+  </si>
+  <si>
+    <t>Catherine Doyle, Maria Postema  (vert.)</t>
+  </si>
+  <si>
+    <t>Fantoom</t>
+  </si>
+  <si>
+    <t>17/09/2020</t>
+  </si>
+  <si>
+    <t>Verboden te vliegen</t>
+  </si>
+  <si>
+    <t>Martine Letterie, Rick de Haas (ill.)</t>
+  </si>
+  <si>
+    <t>De vrolijke vier seizoenen: kijk- en zoekboek</t>
+  </si>
+  <si>
+    <t>Rotraut Susanne Berner</t>
+  </si>
+  <si>
+    <t>2, 3, 4, 5, 6</t>
+  </si>
+  <si>
+    <t>15/09/2020</t>
+  </si>
+  <si>
+    <t>De zomer dat we Parijs bestormden</t>
+  </si>
+  <si>
+    <t>Clémentine Beauvais, Eva Wissenburg (vert.)</t>
+  </si>
+  <si>
+    <t>Beestig &amp; waargebeurd</t>
+  </si>
+  <si>
+    <t>Guy Didelez, Frank Pollet, René De Decker (ill.)</t>
+  </si>
+  <si>
+    <t>Dasja, oftewel Het leven van een pup</t>
+  </si>
+  <si>
+    <t>Karel Čapek, Edgar De Bruin (vert.)</t>
+  </si>
+  <si>
+    <t>Voetnoot</t>
+  </si>
+  <si>
+    <t>14/09/2020</t>
+  </si>
+  <si>
+    <t>Ebbie in de wasbak</t>
+  </si>
+  <si>
+    <t>Marjet Huiberts, Milja Praagman (ill.)</t>
+  </si>
+  <si>
+    <t>11/09/2020</t>
+  </si>
+  <si>
+    <t>Dieren</t>
+  </si>
+  <si>
+    <t>Sarah Corynen</t>
+  </si>
+  <si>
+    <t>Bakermat</t>
+  </si>
+  <si>
+    <t>Dier van hier</t>
+  </si>
+  <si>
+    <t>Jasper Van Gestel</t>
+  </si>
+  <si>
+    <t>Angel</t>
+  </si>
+  <si>
+    <t>L.A. Weatherly, Marce Noordenbos (vert.)</t>
+  </si>
+  <si>
+    <t>Manteau</t>
+  </si>
+  <si>
+    <t>09/09/2020</t>
+  </si>
+  <si>
+    <t>Paddy Clarke ha ha ha</t>
+  </si>
+  <si>
+    <t>Roddy Doyle</t>
+  </si>
+  <si>
+    <t>Nijgh en Van Ditmar</t>
+  </si>
+  <si>
+    <t>Groeipijn</t>
+  </si>
+  <si>
+    <t>Rick Dros, Birgit Van der Jagt, Iris Stam, e.a.</t>
+  </si>
+  <si>
+    <t>International Theatre &amp; Film Books</t>
+  </si>
+  <si>
+    <t>13, 14, 15, 16, 17</t>
+  </si>
+  <si>
+    <t>06/09/2020</t>
+  </si>
+  <si>
+    <t>Het kloeke moppenboek: lachen met theaterlezen</t>
+  </si>
+  <si>
+    <t>Helen van Vliet, Agnes Wijers, Elseline Knuttel, Helen van Vliet (ill.)</t>
+  </si>
+  <si>
+    <t>De Inktvis</t>
+  </si>
+  <si>
+    <t>Plussen en minnen</t>
+  </si>
+  <si>
+    <t>Stefan Buijsman</t>
+  </si>
+  <si>
+    <t>De Bezige Bij</t>
+  </si>
+  <si>
+    <t>05/09/2020</t>
+  </si>
+  <si>
+    <t>Dingen uitlegger : ingewikkelde zaken in gewone taal</t>
+  </si>
+  <si>
+    <t>Randall Munroe, Albert Witteveen (vert.)</t>
+  </si>
+  <si>
+    <t>Spectrum</t>
+  </si>
+  <si>
+    <t>12, 13, 14, 15, 16, 17, 18, 18+</t>
+  </si>
+  <si>
+    <t>Een vraagteken is een half hart</t>
+  </si>
+  <si>
+    <t>Sofia Lundberg, Marika Otte (vert.)</t>
+  </si>
+  <si>
+    <t>02/09/2020</t>
+  </si>
+  <si>
+    <t>Als je het licht niet kunt zien</t>
+  </si>
+  <si>
+    <t>Anthony Doerr, Eefje Bosch (vert.)</t>
+  </si>
+  <si>
+    <t>The House of Books</t>
+  </si>
+  <si>
+    <t>30/08/2020</t>
+  </si>
+  <si>
+    <t>Bloed en beenderen</t>
+  </si>
+  <si>
+    <t>Tomi Adeyemi, Angelique Verheijen (vert.)</t>
+  </si>
+  <si>
+    <t>HarperCollins</t>
+  </si>
+  <si>
+    <t>De superwonderlijke reis van Freddie</t>
+  </si>
+  <si>
+    <t>Jenny Pearson, Rob Biddulph (ill.), Maria Postema (vert.)</t>
+  </si>
+  <si>
+    <t>Spreek je chocola?</t>
+  </si>
+  <si>
+    <t>Cas Lester</t>
+  </si>
+  <si>
+    <t>25/08/2020</t>
+  </si>
+  <si>
+    <t>Ploef</t>
+  </si>
+  <si>
+    <t>Espen Dekko, Mari Kanstad Johnsen (ill.), Edward Van de Vendel (vert.)</t>
+  </si>
+  <si>
+    <t>Tiptoe Print</t>
+  </si>
+  <si>
+    <t>24/08/2020</t>
+  </si>
+  <si>
+    <t>Hilda en de reus van middernacht</t>
+  </si>
+  <si>
+    <t>Luke Pearson</t>
+  </si>
+  <si>
+    <t>Scratch</t>
+  </si>
+  <si>
+    <t>23/08/2020</t>
+  </si>
+  <si>
+    <t>Het fietsboek: alles over de beste uitvinding ooit</t>
+  </si>
+  <si>
+    <t>Paul De Moor, Wendy Panders (ill.)</t>
+  </si>
+  <si>
+    <t>22/08/2020</t>
+  </si>
+  <si>
+    <t>Bibbervlees: bangelijke gedichten voor koelbloedige kinderen</t>
+  </si>
+  <si>
+    <t>Karin Jacobs, Harmen Van Straaten (ill.)</t>
+  </si>
+  <si>
+    <t>20/08/2020</t>
+  </si>
+  <si>
+    <t>Hiep hiep, daar is Piep!</t>
+  </si>
+  <si>
+    <t>Belle en het beest</t>
+  </si>
+  <si>
+    <t>Vrij naar Hans Christian Andersen, Alessia Mannini (ill.), Elly Simoens (vert.)</t>
+  </si>
+  <si>
+    <t>De kleine zeemeermin</t>
+  </si>
+  <si>
+    <t>Vrij naar Hans Christian Andersen, Mariachiara Di Giorgio (ill.), Elly Simoens (vert.)</t>
+  </si>
+  <si>
+    <t>De lijst van dingen die niet zullen veranderen</t>
+  </si>
+  <si>
+    <t>Rebecca Stead, Jenny de Jonge (vert.)</t>
+  </si>
+  <si>
+    <t>Cirkel</t>
+  </si>
+  <si>
+    <t>Mac Barnett, J. H. Gever (vert.)</t>
+  </si>
+  <si>
+    <t>17/08/2020</t>
+  </si>
+  <si>
+    <t>Altijd dichtbij</t>
+  </si>
+  <si>
+    <t>16/08/2020</t>
+  </si>
+  <si>
+    <t>Verhitte vakantie</t>
+  </si>
+  <si>
+    <t>Alex Milway, Jesse Goossens (vert.)</t>
+  </si>
+  <si>
+    <t>14/08/2020</t>
+  </si>
+  <si>
+    <t>Stinkhond zoekt een baasje</t>
+  </si>
+  <si>
+    <t>Colas Gutman, Marc Boutavant (ill.), Sylvia Vanden Heede (vert.)</t>
+  </si>
+  <si>
+    <t>7, 8, 9</t>
+  </si>
+  <si>
+    <t>Stel dat...</t>
+  </si>
+  <si>
+    <t>Alastair Reid, JooHee Yoon (ill.), Nicolette Hoekmeijer (vert.)</t>
+  </si>
+  <si>
+    <t>Mond open!</t>
+  </si>
+  <si>
+    <t>Mia Nilsson, Lore Aertsen (vert.)</t>
+  </si>
+  <si>
+    <t>Keizer Ei</t>
+  </si>
+  <si>
+    <t>Karst-Janneke Rogaar</t>
+  </si>
+  <si>
+    <t>Het verhaal van Kevin</t>
+  </si>
+  <si>
+    <t>Philip Reeve, Sarah McIntyre (ill.), Saskia Martens (vert.)</t>
+  </si>
+  <si>
+    <t>Het hersenhotel</t>
+  </si>
+  <si>
+    <t>Marja Baseler, Annemarie Van den Brink, Tjarko Van der Pol (ill.)</t>
+  </si>
+  <si>
+    <t>Het atelier van Flora : knutselwerken uit de natuur</t>
+  </si>
+  <si>
+    <t>Kristina Digman</t>
+  </si>
+  <si>
+    <t>Hoogland &amp; Van Klaveren</t>
+  </si>
+  <si>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Jacques Maes, Lise Braekers</t>
+  </si>
+  <si>
+    <t>Pelckmans</t>
+  </si>
+  <si>
+    <t>Geheim agent oma</t>
+  </si>
+  <si>
+    <t>Manon Sikkel, Katrien Holland (ill.)</t>
+  </si>
+  <si>
+    <t>Een huis vol lekkers : 15 recepten om samen van te smullen</t>
+  </si>
+  <si>
+    <t>Felicita Sala</t>
+  </si>
+  <si>
+    <t>6, 7, 8, 9, 10, 11, 12</t>
+  </si>
+  <si>
+    <t>De wereldse wijsheid van de mier</t>
+  </si>
+  <si>
+    <t>Philip Bunting</t>
+  </si>
+  <si>
+    <t>Waar is Wally? : de wereld rond!</t>
+  </si>
+  <si>
+    <t>Martin Handford</t>
+  </si>
+  <si>
+    <t>De grote monster atlas</t>
+  </si>
+  <si>
+    <t>Federica Magrin, Laura Brenlla (ill.)</t>
+  </si>
+  <si>
+    <t>De Giraffe, de Peli en Ik</t>
+  </si>
+  <si>
+    <t>Roald Dahl, Quentin Blake (ill.), Huberte Vriesendorp (vert.)</t>
+  </si>
+  <si>
+    <t>De bende van Lieke</t>
+  </si>
+  <si>
+    <t>Robbert-Jan Henkes, Aart Clerkx (ill.)</t>
+  </si>
+  <si>
+    <t>13/08/2020</t>
+  </si>
+  <si>
+    <t>Bob Popcorn</t>
+  </si>
+  <si>
+    <t>Maranke Rinck, Martijn Van der Linden</t>
+  </si>
+  <si>
+    <t>Alfabet</t>
+  </si>
+  <si>
+    <t>Charlotte Dematons</t>
+  </si>
+  <si>
+    <t>4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16</t>
+  </si>
+  <si>
+    <t>Rodrigo de Ruige en Hummel, zijn hulpje</t>
+  </si>
+  <si>
+    <t>Michael Ende, Wieland Freund, Regina Kehn (ill.), Jeske Nelissen (vert.)</t>
+  </si>
+  <si>
+    <t>Een van ons liegt</t>
+  </si>
+  <si>
+    <t>Karen M. McManus, Willeke Lempens (vert.)</t>
+  </si>
+  <si>
+    <t>11/08/2020</t>
+  </si>
+  <si>
+    <t>Exit West</t>
+  </si>
+  <si>
+    <t>Mohsin Hamid, Saskia Van der Lingen (vert.)</t>
+  </si>
+  <si>
+    <t>Jinxed</t>
+  </si>
+  <si>
+    <t>Amy McCulloch, Angelique Verheijen (vert.)</t>
+  </si>
+  <si>
+    <t>15, 16, 17</t>
+  </si>
+  <si>
+    <t>07/08/2020</t>
+  </si>
+  <si>
+    <t>Eén is altijd gelijk aan één</t>
+  </si>
+  <si>
+    <t>Elke Sannen</t>
+  </si>
+  <si>
+    <t>Duivels spel</t>
+  </si>
+  <si>
+    <t>Inge Verbruggen</t>
+  </si>
+  <si>
+    <t>In mijn hoofd</t>
+  </si>
+  <si>
+    <t>Sharon M. Draper, Merel Leene (vert.)</t>
+  </si>
+  <si>
+    <t>Blossom Books</t>
+  </si>
+  <si>
+    <t>Ik zal op je wachten</t>
+  </si>
+  <si>
+    <t>Luc Hanegreefs</t>
+  </si>
+  <si>
+    <t>13, 14, 15</t>
+  </si>
+  <si>
+    <t>Bloedgevaar</t>
+  </si>
+  <si>
+    <t>Kate Kriske</t>
+  </si>
+  <si>
+    <t>Nete</t>
+  </si>
+  <si>
+    <t>Lyne Uytterhoeven</t>
+  </si>
+  <si>
+    <t>Kramat</t>
+  </si>
+  <si>
+    <t>Samen op de vlucht</t>
+  </si>
+  <si>
+    <t>Nadja van Sever, Chris Vosters  (ill.)</t>
+  </si>
+  <si>
+    <t>De jongen op het dak</t>
+  </si>
+  <si>
+    <t>Aline Sax, Sassafras De Bruyn (ill.)</t>
+  </si>
+  <si>
+    <t>02/08/2020</t>
+  </si>
+  <si>
+    <t>Circus op stelten</t>
+  </si>
+  <si>
+    <t>Mathilda Masters, Georgien Overwater (ill.)</t>
+  </si>
+  <si>
+    <t>31/07/2020</t>
+  </si>
+  <si>
+    <t>Mevrouw Wervelwind</t>
+  </si>
+  <si>
+    <t>Rindert Kromhout, Jan Jutte (ill.)</t>
+  </si>
+  <si>
+    <t>Issun Boshi</t>
+  </si>
+  <si>
+    <t>Icinori, Lidewij Van den Berg (vert.)</t>
+  </si>
+  <si>
+    <t>Mijn papa kwam de trap af</t>
+  </si>
+  <si>
+    <t>Paul Verrept</t>
+  </si>
+  <si>
+    <t>Een nest voor Roef</t>
+  </si>
+  <si>
+    <t>Floor Tinga, Ilse Hermans (ill.)</t>
+  </si>
+  <si>
     <t>7, 8</t>
   </si>
   <si>
-    <t>Mijn zelfleesboek voor groep 3</t>
-[...844 lines deleted...]
-  <si>
     <t>Slaap lekker!</t>
   </si>
   <si>
     <t>Sylvia Vanden Heede, Mattias De Leeuw (ill.)</t>
   </si>
   <si>
     <t>De ijzige verloofde</t>
   </si>
   <si>
     <t>Christelle Dabos, Eef Gratama (vert.)</t>
   </si>
   <si>
     <t>Wanhoop</t>
   </si>
   <si>
     <t>Eva Burgers</t>
   </si>
   <si>
     <t>De Fontein Jeugd</t>
   </si>
   <si>
     <t>Ik ben koppig</t>
   </si>
   <si>
     <t>Aurélie Chien Chow Chine</t>
@@ -2301,53 +2304,50 @@
     <t>Mag ik meedoen?</t>
   </si>
   <si>
     <t>John Kelly, Steph Laberis  (ill.)</t>
   </si>
   <si>
     <t>Kip zonder kop!</t>
   </si>
   <si>
     <t>Moniek Vermeulen, Maarten Zerelik (ill.)</t>
   </si>
   <si>
     <t>Twee vechtende eekhoorntjes</t>
   </si>
   <si>
     <t>Rachel Bright, Jim Field (ill.), Bette Westera (vert.)</t>
   </si>
   <si>
     <t>Strandjongen</t>
   </si>
   <si>
     <t>Nathalie Teirlinck, Ingrid Godon (ill.)</t>
   </si>
   <si>
     <t>MER</t>
-  </si>
-[...1 lines deleted...]
-    <t>6, 7, 8</t>
   </si>
   <si>
     <t>Papa, ik word later rijk</t>
   </si>
   <si>
     <t>Annemarie Van Haeringen</t>
   </si>
   <si>
     <t>14/07/2020</t>
   </si>
   <si>
     <t>Wij zijn het klimaat : een brief aan iedereen</t>
   </si>
   <si>
     <t>Anuna De Wever, Kyra Gantois, Jeroen Olyslaegers</t>
   </si>
   <si>
     <t>Coco kan het!</t>
   </si>
   <si>
     <t>Loes Riphagen</t>
   </si>
   <si>
     <t>13/07/2020</t>
   </si>
@@ -10199,721 +10199,721 @@
       </c>
       <c r="F231" t="s">
         <v>163</v>
       </c>
       <c r="G231" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>685</v>
       </c>
       <c r="B232" t="s">
         <v>686</v>
       </c>
       <c r="C232" t="s">
         <v>58</v>
       </c>
       <c r="D232">
         <v>2019</v>
       </c>
       <c r="E232">
         <v>9789462913745</v>
       </c>
       <c r="F232" t="s">
-        <v>404</v>
+        <v>687</v>
       </c>
       <c r="G232" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B233" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C233" t="s">
         <v>128</v>
       </c>
       <c r="D233">
         <v>2019</v>
       </c>
       <c r="E233">
         <v>9789401460613</v>
       </c>
       <c r="F233" t="s">
         <v>40</v>
       </c>
       <c r="G233" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B234" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C234" t="s">
         <v>123</v>
       </c>
       <c r="D234">
         <v>2020</v>
       </c>
       <c r="E234">
         <v>9789024587223</v>
       </c>
       <c r="F234" t="s">
         <v>51</v>
       </c>
       <c r="G234" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B235" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C235" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D235">
         <v>2019</v>
       </c>
       <c r="E235">
         <v>9789026148224</v>
       </c>
       <c r="F235" t="s">
         <v>51</v>
       </c>
       <c r="G235" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B236" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C236" t="s">
         <v>186</v>
       </c>
       <c r="D236">
         <v>2019</v>
       </c>
       <c r="E236">
         <v>9789403214726</v>
       </c>
       <c r="F236" t="s">
         <v>40</v>
       </c>
       <c r="G236" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B237" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C237" t="s">
         <v>123</v>
       </c>
       <c r="D237">
         <v>2019</v>
       </c>
       <c r="E237">
         <v>9789024585205</v>
       </c>
       <c r="F237" t="s">
         <v>560</v>
       </c>
       <c r="G237" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B238" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C238" t="s">
         <v>231</v>
       </c>
       <c r="D238">
         <v>2017</v>
       </c>
       <c r="E238">
         <v>9789031435012</v>
       </c>
       <c r="F238" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="G238" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B239" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C239" t="s">
         <v>504</v>
       </c>
       <c r="D239">
         <v>2019</v>
       </c>
       <c r="E239">
         <v>9789030374183</v>
       </c>
       <c r="F239" t="s">
         <v>129</v>
       </c>
       <c r="G239" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B240" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C240" t="s">
         <v>128</v>
       </c>
       <c r="D240">
         <v>2014</v>
       </c>
       <c r="E240">
         <v>9789401414265</v>
       </c>
       <c r="F240" t="s">
         <v>344</v>
       </c>
       <c r="G240" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B241" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C241" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D241">
         <v>2018</v>
       </c>
       <c r="E241">
         <v>9789025309725</v>
       </c>
       <c r="F241" t="s">
         <v>32</v>
       </c>
       <c r="G241" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B242" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C242" t="s">
         <v>514</v>
       </c>
       <c r="D242">
         <v>2019</v>
       </c>
       <c r="E242">
         <v>9789059247109</v>
       </c>
       <c r="F242" t="s">
         <v>109</v>
       </c>
       <c r="G242" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B243" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C243" t="s">
         <v>235</v>
       </c>
       <c r="D243">
         <v>2019</v>
       </c>
       <c r="E243">
         <v>9789079040551</v>
       </c>
       <c r="F243" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="G243" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B244" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C244" t="s">
         <v>335</v>
       </c>
       <c r="D244">
         <v>2020</v>
       </c>
       <c r="E244">
         <v>9789026152207</v>
       </c>
       <c r="F244" t="s">
         <v>507</v>
       </c>
       <c r="G244" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B245" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C245" t="s">
         <v>106</v>
       </c>
       <c r="D245">
         <v>2020</v>
       </c>
       <c r="E245">
         <v>9789025878870</v>
       </c>
       <c r="F245" t="s">
         <v>79</v>
       </c>
       <c r="G245" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B246" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C246" t="s">
         <v>39</v>
       </c>
       <c r="D246">
         <v>2018</v>
       </c>
       <c r="E246">
         <v>9789060695906</v>
       </c>
       <c r="F246" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G246" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B247" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C247" t="s">
         <v>620</v>
       </c>
       <c r="D247">
         <v>2019</v>
       </c>
       <c r="E247">
         <v>9789089673084</v>
       </c>
       <c r="F247" t="s">
         <v>190</v>
       </c>
       <c r="G247" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B248" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C248" t="s">
         <v>43</v>
       </c>
       <c r="D248">
         <v>2005</v>
       </c>
       <c r="E248">
         <v>9044801244</v>
       </c>
       <c r="F248" t="s">
         <v>269</v>
       </c>
       <c r="G248" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B249" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C249" t="s">
         <v>43</v>
       </c>
       <c r="D249">
         <v>2008</v>
       </c>
       <c r="E249">
         <v>9789044809756</v>
       </c>
       <c r="F249" t="s">
         <v>294</v>
       </c>
       <c r="G249" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B250" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C250" t="s">
         <v>266</v>
       </c>
       <c r="D250">
         <v>2019</v>
       </c>
       <c r="E250">
         <v>9789055791910</v>
       </c>
       <c r="F250" t="s">
         <v>175</v>
       </c>
       <c r="G250" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B251" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C251" t="s">
         <v>39</v>
       </c>
       <c r="D251">
         <v>2017</v>
       </c>
       <c r="E251">
         <v>9056377159</v>
       </c>
       <c r="F251" t="s">
         <v>59</v>
       </c>
       <c r="G251" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B252" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C252" t="s">
         <v>106</v>
       </c>
       <c r="D252">
         <v>2015</v>
       </c>
       <c r="E252">
         <v>9789025870119</v>
       </c>
       <c r="F252" t="s">
         <v>269</v>
       </c>
       <c r="G252" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B253" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C253" t="s">
         <v>39</v>
       </c>
       <c r="D253">
         <v>2019</v>
       </c>
       <c r="E253">
         <v>9789047711797</v>
       </c>
       <c r="F253" t="s">
         <v>40</v>
       </c>
       <c r="G253" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B254" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C254" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D254">
         <v>2011</v>
       </c>
       <c r="E254">
         <v>9789056551049</v>
       </c>
       <c r="F254" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="G254" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B255" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C255" t="s">
         <v>120</v>
       </c>
       <c r="D255">
         <v>2009</v>
       </c>
       <c r="E255">
         <v>9789045107325</v>
       </c>
       <c r="F255" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G255" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B256" t="s">
         <v>372</v>
       </c>
       <c r="C256" t="s">
         <v>43</v>
       </c>
       <c r="D256">
         <v>2016</v>
       </c>
       <c r="E256">
         <v>9789068226263</v>
       </c>
       <c r="F256" t="s">
         <v>175</v>
       </c>
       <c r="G256" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B257" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C257" t="s">
         <v>123</v>
       </c>
       <c r="D257">
         <v>2020</v>
       </c>
       <c r="E257">
         <v>9789024588718</v>
       </c>
       <c r="F257" t="s">
         <v>113</v>
       </c>
       <c r="G257" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B258" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C258" t="s">
         <v>281</v>
       </c>
       <c r="D258">
         <v>2017</v>
       </c>
       <c r="E258">
         <v>9789048314522</v>
       </c>
       <c r="F258" t="s">
         <v>84</v>
       </c>
       <c r="G258" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B259" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C259" t="s">
         <v>58</v>
       </c>
       <c r="D259">
         <v>2019</v>
       </c>
       <c r="E259">
         <v>9789462913806</v>
       </c>
       <c r="F259" t="s">
         <v>307</v>
       </c>
       <c r="G259" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B260" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C260" t="s">
         <v>133</v>
       </c>
       <c r="D260">
         <v>2019</v>
       </c>
       <c r="E260">
         <v>9789025767341</v>
       </c>
       <c r="F260" t="s">
         <v>175</v>
       </c>
       <c r="G260" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B261" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C261" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D261">
         <v>2020</v>
       </c>
       <c r="E261">
         <v>9789463931625</v>
       </c>
       <c r="F261" t="s">
-        <v>763</v>
+        <v>404</v>
       </c>
       <c r="G261" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>764</v>
       </c>
       <c r="B262" t="s">
         <v>765</v>
       </c>
       <c r="C262" t="s">
         <v>106</v>
       </c>
       <c r="D262">
         <v>2020</v>
       </c>
       <c r="E262">
         <v>9789025878818</v>
       </c>
       <c r="F262" t="s">
         <v>113</v>
       </c>
       <c r="G262" t="s">
         <v>766</v>
       </c>
     </row>
@@ -11662,51 +11662,51 @@
       </c>
       <c r="C295" t="s">
         <v>275</v>
       </c>
       <c r="D295">
         <v>2020</v>
       </c>
       <c r="E295">
         <v>9789053417690</v>
       </c>
       <c r="F295" t="s">
         <v>113</v>
       </c>
       <c r="G295" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>839</v>
       </c>
       <c r="B296" t="s">
         <v>840</v>
       </c>
       <c r="C296" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D296">
         <v>2019</v>
       </c>
       <c r="E296">
         <v>9789026148941</v>
       </c>
       <c r="F296" t="s">
         <v>59</v>
       </c>
       <c r="G296" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>841</v>
       </c>
       <c r="B297" t="s">
         <v>842</v>
       </c>
       <c r="C297" t="s">
         <v>58</v>
       </c>
       <c r="D297">
@@ -12499,51 +12499,51 @@
       </c>
       <c r="F331" t="s">
         <v>51</v>
       </c>
       <c r="G331" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
         <v>922</v>
       </c>
       <c r="B332" t="s">
         <v>923</v>
       </c>
       <c r="C332" t="s">
         <v>429</v>
       </c>
       <c r="D332">
         <v>2019</v>
       </c>
       <c r="E332">
         <v>9789059247406</v>
       </c>
       <c r="F332" t="s">
-        <v>763</v>
+        <v>404</v>
       </c>
       <c r="G332" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
         <v>925</v>
       </c>
       <c r="B333" t="s">
         <v>926</v>
       </c>
       <c r="C333" t="s">
         <v>927</v>
       </c>
       <c r="D333">
         <v>2019</v>
       </c>
       <c r="E333">
         <v>9789045323930</v>
       </c>
       <c r="F333" t="s">
         <v>84</v>
       </c>
       <c r="G333" t="s">
@@ -14224,51 +14224,51 @@
       </c>
       <c r="F406" t="s">
         <v>307</v>
       </c>
       <c r="G406" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
         <v>1109</v>
       </c>
       <c r="B407" t="s">
         <v>1110</v>
       </c>
       <c r="C407" t="s">
         <v>43</v>
       </c>
       <c r="D407">
         <v>2018</v>
       </c>
       <c r="E407">
         <v>9789044831634</v>
       </c>
       <c r="F407" t="s">
-        <v>763</v>
+        <v>404</v>
       </c>
       <c r="G407" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
         <v>1111</v>
       </c>
       <c r="B408" t="s">
         <v>1112</v>
       </c>
       <c r="C408" t="s">
         <v>106</v>
       </c>
       <c r="D408">
         <v>2018</v>
       </c>
       <c r="E408">
         <v>9789025874841</v>
       </c>
       <c r="F408" t="s">
         <v>40</v>
       </c>
       <c r="G408" t="s">
@@ -14684,51 +14684,51 @@
       </c>
       <c r="F426" t="s">
         <v>40</v>
       </c>
       <c r="G426" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
         <v>1153</v>
       </c>
       <c r="B427" t="s">
         <v>1154</v>
       </c>
       <c r="C427" t="s">
         <v>58</v>
       </c>
       <c r="D427">
         <v>2018</v>
       </c>
       <c r="E427">
         <v>9789462912908</v>
       </c>
       <c r="F427" t="s">
-        <v>763</v>
+        <v>404</v>
       </c>
       <c r="G427" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
         <v>1155</v>
       </c>
       <c r="B428" t="s">
         <v>1156</v>
       </c>
       <c r="C428" t="s">
         <v>120</v>
       </c>
       <c r="D428">
         <v>2019</v>
       </c>
       <c r="E428">
         <v>9789045123882</v>
       </c>
       <c r="F428" t="s">
         <v>204</v>
       </c>
       <c r="G428" t="s">
@@ -16064,51 +16064,51 @@
       </c>
       <c r="F486" t="s">
         <v>40</v>
       </c>
       <c r="G486" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
         <v>1291</v>
       </c>
       <c r="B487" t="s">
         <v>1292</v>
       </c>
       <c r="C487" t="s">
         <v>266</v>
       </c>
       <c r="D487">
         <v>2019</v>
       </c>
       <c r="E487">
         <v>9789051167559</v>
       </c>
       <c r="F487" t="s">
-        <v>763</v>
+        <v>404</v>
       </c>
       <c r="G487" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
         <v>1293</v>
       </c>
       <c r="B488" t="s">
         <v>1294</v>
       </c>
       <c r="C488" t="s">
         <v>133</v>
       </c>
       <c r="D488">
         <v>2019</v>
       </c>
       <c r="E488">
         <v>9789025771232</v>
       </c>
       <c r="F488" t="s">
         <v>84</v>
       </c>
       <c r="G488" t="s">
@@ -16156,74 +16156,74 @@
       </c>
       <c r="F490" t="s">
         <v>36</v>
       </c>
       <c r="G490" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
         <v>1299</v>
       </c>
       <c r="B491" t="s">
         <v>1300</v>
       </c>
       <c r="C491" t="s">
         <v>112</v>
       </c>
       <c r="D491">
         <v>2018</v>
       </c>
       <c r="E491">
         <v>9789059089372</v>
       </c>
       <c r="F491" t="s">
-        <v>763</v>
+        <v>404</v>
       </c>
       <c r="G491" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
         <v>1301</v>
       </c>
       <c r="B492" t="s">
         <v>1302</v>
       </c>
       <c r="C492" t="s">
         <v>1303</v>
       </c>
       <c r="D492">
         <v>1999</v>
       </c>
       <c r="E492">
         <v>9782012100879</v>
       </c>
       <c r="F492" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="G492" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
         <v>1304</v>
       </c>
       <c r="B493" t="s">
         <v>251</v>
       </c>
       <c r="C493" t="s">
         <v>252</v>
       </c>
       <c r="D493">
         <v>2020</v>
       </c>
       <c r="E493">
         <v>9789082498899</v>
       </c>
       <c r="F493" t="s">
         <v>66</v>
       </c>
       <c r="G493" t="s">
@@ -17812,51 +17812,51 @@
       </c>
       <c r="F562" t="s">
         <v>15</v>
       </c>
       <c r="G562" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
         <v>1460</v>
       </c>
       <c r="B563" t="s">
         <v>1461</v>
       </c>
       <c r="C563" t="s">
         <v>58</v>
       </c>
       <c r="D563">
         <v>2018</v>
       </c>
       <c r="E563">
         <v>9789462913097</v>
       </c>
       <c r="F563" t="s">
-        <v>763</v>
+        <v>404</v>
       </c>
       <c r="G563" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
         <v>1462</v>
       </c>
       <c r="B564" t="s">
         <v>1463</v>
       </c>
       <c r="C564" t="s">
         <v>363</v>
       </c>
       <c r="D564">
         <v>2019</v>
       </c>
       <c r="E564">
         <v>9789000367535</v>
       </c>
       <c r="F564" t="s">
         <v>430</v>
       </c>
       <c r="G564" t="s">
@@ -17927,74 +17927,74 @@
       </c>
       <c r="F567" t="s">
         <v>79</v>
       </c>
       <c r="G567" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
         <v>1474</v>
       </c>
       <c r="B568" t="s">
         <v>1475</v>
       </c>
       <c r="C568" t="s">
         <v>58</v>
       </c>
       <c r="D568">
         <v>2019</v>
       </c>
       <c r="E568">
         <v>9789462913943</v>
       </c>
       <c r="F568" t="s">
-        <v>763</v>
+        <v>404</v>
       </c>
       <c r="G568" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
         <v>1476</v>
       </c>
       <c r="B569" t="s">
         <v>1477</v>
       </c>
       <c r="C569" t="s">
         <v>43</v>
       </c>
       <c r="D569">
         <v>2019</v>
       </c>
       <c r="E569">
         <v>9789044835496</v>
       </c>
       <c r="F569" t="s">
-        <v>763</v>
+        <v>404</v>
       </c>
       <c r="G569" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
         <v>1478</v>
       </c>
       <c r="B570" t="s">
         <v>1479</v>
       </c>
       <c r="C570" t="s">
         <v>1480</v>
       </c>
       <c r="D570">
         <v>2014</v>
       </c>
       <c r="E570">
         <v>9789077549698</v>
       </c>
       <c r="F570" t="s">
         <v>32</v>
       </c>
       <c r="G570" t="s">